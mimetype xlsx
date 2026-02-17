--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -141,56 +141,56 @@
   <si>
     <t>Болоцкий Александр</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>Миронов Дмитрий</t>
   </si>
   <si>
     <t>Чинарев Андрей</t>
   </si>
   <si>
     <t>Солоха Виктор</t>
   </si>
   <si>
     <t>Родионов Сергей</t>
   </si>
   <si>
     <t>Гутик Сергей</t>
   </si>
   <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
     <t>Гончаров Иван</t>
   </si>
   <si>
-    <t>Грудинин Константин</t>
-[...1 lines deleted...]
-  <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Мастерстрой»</t>
   </si>
   <si>
     <t>Щербаков Максим</t>
   </si>
   <si>
     <t>05:57</t>
   </si>
   <si>
     <t>07:57</t>
   </si>
   <si>
     <t>Ксенофонтов Андрей</t>
   </si>
   <si>
     <t>17:27</t>
@@ -222,54 +222,54 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Мельников Константин</t>
   </si>
   <si>
     <t>Щетинин Валерий</t>
   </si>
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>Зо Алексей</t>
   </si>
   <si>
     <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>Евстафьев Кирилл</t>
   </si>
   <si>
     <t>Ким Дмитрий</t>
   </si>
   <si>
+    <t>Шатун Михаил</t>
+  </si>
+  <si>
     <t>Чье Бу</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шатун Михаил</t>
   </si>
   <si>
     <t>Деев Дмитрий</t>
   </si>
   <si>
     <t>Васильев Сергей</t>
   </si>
   <si>
     <t>Грунин Алексей</t>
   </si>
   <si>
     <t>Белковский Константин</t>
   </si>
   <si>
     <t>Гетьман Сергей</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Чье Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
@@ -1375,78 +1375,78 @@
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>85</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>85</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>91</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
@@ -2015,78 +2015,78 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>71</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>71</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>72</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>