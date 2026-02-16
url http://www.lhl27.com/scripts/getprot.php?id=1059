--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -183,57 +183,57 @@
   <si>
     <t>32:50</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>43:40</t>
   </si>
   <si>
     <t>26:00</t>
   </si>
   <si>
     <t>Дмитриев Максим</t>
   </si>
   <si>
     <t>44:45</t>
   </si>
   <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Кучинский Михаил</t>
   </si>
   <si>
+    <t>Соловьев Сергей</t>
+  </si>
+  <si>
+    <t>Колбин Валерий</t>
+  </si>
+  <si>
     <t>Кириленко Евгений</t>
-  </si>
-[...4 lines deleted...]
-    <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Коротич Алексей</t>
   </si>
   <si>
     <t>Кузнецов Глеб</t>
   </si>
   <si>
     <t>Новоселов Константин</t>
   </si>
   <si>
     <t>Попов Олег</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Жгарев Валерий</t>
   </si>
   <si>
     <t>Султанов Эльшан</t>
   </si>
   <si>
     <t>Дюжов Данил</t>
   </si>