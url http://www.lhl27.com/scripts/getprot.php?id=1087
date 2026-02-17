--- v0 (2025-12-06)
+++ v1 (2026-02-17)
@@ -117,54 +117,54 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Юрченко Константин</t>
   </si>
   <si>
     <t>Гамей Александр</t>
   </si>
   <si>
     <t>Царегородцев Сергей</t>
   </si>
   <si>
     <t>Вороненко Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Шерстнев Роман</t>
   </si>
   <si>
     <t>Есягин Марк</t>
   </si>
   <si>
+    <t>Иокша Александр</t>
+  </si>
+  <si>
     <t>Казимирчук Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Иокша Александр</t>
   </si>
   <si>
     <t>Овчинников Александр</t>
   </si>
   <si>
     <t>Гончаров Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Новиков Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Авто-ген»</t>
   </si>
   <si>
     <t>Галушко Александр</t>
   </si>