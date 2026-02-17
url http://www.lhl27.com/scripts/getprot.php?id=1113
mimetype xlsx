--- v0 (2026-02-17)
+++ v1 (2026-02-17)
@@ -105,60 +105,60 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>08-11</t>
   </si>
   <si>
     <t>21-27</t>
   </si>
   <si>
     <t>Петров Егор</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>38-14</t>
   </si>
   <si>
     <t>Кочубей Дмитрий</t>
   </si>
   <si>
     <t>Шешнев Дмитрий</t>
   </si>
   <si>
+    <t>Чу Артур</t>
+  </si>
+  <si>
+    <t>Лопухов Егор</t>
+  </si>
+  <si>
     <t>Назаров Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Зеленский Кирилл</t>
   </si>
   <si>
     <t>Омельченко Александр</t>
   </si>
   <si>
     <t>Юн Олег</t>
   </si>
   <si>
     <t>Михайлов Александр</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Дереча Евгений</t>
   </si>
   <si>
     <t>Левицкий Борис</t>
   </si>
@@ -1079,105 +1079,105 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>19</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>19</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>21</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1187,51 +1187,51 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>31</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>36</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1241,51 +1241,51 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>63</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>68</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -1675,88 +1675,88 @@
       <c r="L31" s="7">
         <v>10</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>12</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>49</v>
       </c>
       <c r="K32" s="7">
         <v>22</v>
       </c>
       <c r="L32" s="7">
         <v>10</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>13</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7" t="s">
         <v>51</v>
       </c>
       <c r="J33" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K33" s="7">
         <v>55</v>
       </c>
       <c r="L33" s="7">
         <v>0</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
@@ -1832,78 +1832,78 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>38</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>40</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>44</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -1913,51 +1913,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>52</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>55</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
@@ -1994,51 +1994,51 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>66</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>73</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
@@ -2075,78 +2075,78 @@
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>79</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>86</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7"/>
       <c r="B48" s="12"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7"/>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>