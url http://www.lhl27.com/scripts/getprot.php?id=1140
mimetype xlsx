--- v0 (2025-12-08)
+++ v1 (2026-02-18)
@@ -150,123 +150,123 @@
   <si>
     <t>Вшивкин Александр</t>
   </si>
   <si>
     <t>Кривошеев Евгений</t>
   </si>
   <si>
     <t>Изотов Сергей</t>
   </si>
   <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
     <t>Скорняков Игорь</t>
   </si>
   <si>
     <t>Шкурка Вячеслав</t>
   </si>
   <si>
     <t>Каргаполов Михаил</t>
   </si>
   <si>
     <t>Беззубцев Александр</t>
   </si>
   <si>
+    <t>Цимбер Игорь</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
   </si>
   <si>
-    <t>Цимбер Игорь</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Алькор 2»</t>
   </si>
   <si>
     <t>Горнов Владимир</t>
   </si>
   <si>
     <t>17:49</t>
   </si>
   <si>
     <t>6:58</t>
   </si>
   <si>
     <t>Савин Алексей</t>
   </si>
   <si>
     <t>20:18</t>
   </si>
   <si>
     <t>Примак Альберт</t>
   </si>
   <si>
     <t>40:00</t>
   </si>
   <si>
     <t>Кириченко Антон</t>
   </si>
   <si>
     <t>42:41</t>
   </si>
   <si>
     <t>Ключевской Роман</t>
   </si>
   <si>
     <t>Вервейко Андрей</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>Жульмагамбетов Сергей</t>
   </si>
   <si>
+    <t>Иванов Александр</t>
+  </si>
+  <si>
+    <t>Ермаков Дмитрий</t>
+  </si>
+  <si>
+    <t>Гутик Сергей</t>
+  </si>
+  <si>
+    <t>Обоймов Александр</t>
+  </si>
+  <si>
+    <t>Чижов Сергей</t>
+  </si>
+  <si>
+    <t>Казаченко Алексей</t>
+  </si>
+  <si>
     <t>Кирьяк Сергей</t>
-  </si>
-[...16 lines deleted...]
-    <t>Казаченко Алексей</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1048,51 +1048,51 @@
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>4</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O8" s="6">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>9</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H9" s="6"/>
@@ -1385,78 +1385,78 @@
       <c r="B20" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
@@ -1890,196 +1890,196 @@
       <c r="B37" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>89</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>