--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -132,72 +132,72 @@
   <si>
     <t>37:11</t>
   </si>
   <si>
     <t>Сафонов Александр</t>
   </si>
   <si>
     <t>Старченко Евгений</t>
   </si>
   <si>
     <t>Бессарабец Александр</t>
   </si>
   <si>
     <t>Лосев Владимир</t>
   </si>
   <si>
     <t>Ложечник Евгений</t>
   </si>
   <si>
     <t>Зосимов Андрей</t>
   </si>
   <si>
     <t>Марченко Андрей</t>
   </si>
   <si>
+    <t>Тукмаков Игорь</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Меньшов Олег</t>
   </si>
   <si>
-    <t>Тукмаков Игорь</t>
-[...4 lines deleted...]
-  <si>
     <t>Сухинин Антон</t>
   </si>
   <si>
     <t>Хвастунов Евгений</t>
   </si>
   <si>
     <t>Ким Артем</t>
   </si>
   <si>
+    <t>Фиалкин Денис</t>
+  </si>
+  <si>
     <t>Гусак Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Фиалкин Денис</t>
   </si>
   <si>
     <t>Мехельсон Глеб</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Рыбари»</t>
   </si>
   <si>
     <t>Бударин Михаил</t>
   </si>
   <si>
     <t>16:41</t>
   </si>
   <si>
     <t>Хуторской Олег</t>
   </si>
   <si>
     <t>Достов Роман</t>
   </si>
@@ -1253,78 +1253,78 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>41</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>41</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>69</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1388,78 +1388,78 @@
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>90</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>90</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
         <v>91</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
@@ -1834,51 +1834,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>20</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>23</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>