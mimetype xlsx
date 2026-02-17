--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -225,60 +225,60 @@
   <si>
     <t>Веремейчик Вячеслав</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Миронов Виктор</t>
   </si>
   <si>
     <t>Соколов Павел</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Величко Александр</t>
   </si>
   <si>
     <t>Чеклуев Сергей</t>
   </si>
   <si>
     <t>Семендяев Евгений</t>
   </si>
   <si>
+    <t>Браславский Леонид</t>
+  </si>
+  <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
-    <t>Браславский Леонид</t>
+    <t>Гребенюк Александр</t>
   </si>
   <si>
     <t>Герило Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гребенюк Александр</t>
   </si>
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Королев Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -2029,51 +2029,51 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>30</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>44</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
@@ -2137,132 +2137,132 @@
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>88</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>88</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>91</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>91</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="7"/>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
       <c r="R49" s="7"/>
       <c r="S49" s="7"/>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="10">
         <v>94</v>
       </c>
       <c r="B50" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="14"/>