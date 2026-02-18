--- v1 (2026-02-17)
+++ v2 (2026-02-18)
@@ -225,60 +225,60 @@
   <si>
     <t>Веремейчик Вячеслав</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Миронов Виктор</t>
   </si>
   <si>
     <t>Соколов Павел</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Величко Александр</t>
   </si>
   <si>
     <t>Чеклуев Сергей</t>
   </si>
   <si>
     <t>Семендяев Евгений</t>
   </si>
   <si>
+    <t>Крутский Валерий</t>
+  </si>
+  <si>
     <t>Браславский Леонид</t>
   </si>
   <si>
-    <t>Крутский Валерий</t>
+    <t>Герило Евгений</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Герило Евгений</t>
   </si>
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Королев Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -2137,132 +2137,132 @@
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>88</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>88</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>91</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>91</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="7"/>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
       <c r="R49" s="7"/>
       <c r="S49" s="7"/>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="10">
         <v>94</v>
       </c>
       <c r="B50" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="14"/>