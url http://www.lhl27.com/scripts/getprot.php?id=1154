--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -171,57 +171,57 @@
   <si>
     <t>Зевахин Александр</t>
   </si>
   <si>
     <t>07:40</t>
   </si>
   <si>
     <t>31:26</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>40:35</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>17:23</t>
   </si>
   <si>
+    <t>Черкес Кирилл</t>
+  </si>
+  <si>
+    <t>18:23</t>
+  </si>
+  <si>
     <t>Селихов Алексей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Черкес Кирилл</t>
   </si>
   <si>
     <t>30:20</t>
   </si>
   <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>43:24</t>
   </si>
   <si>
     <t>Стиба Евгений</t>
   </si>
   <si>
     <t>44:14</t>
   </si>
   <si>
     <t>Зырянов Андрей</t>
   </si>
   <si>
     <t>44:55</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>