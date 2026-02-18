--- v0 (2025-12-09)
+++ v1 (2026-02-18)
@@ -189,57 +189,57 @@
   <si>
     <t>Кокарев Петр</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>Тараненко Петр</t>
   </si>
   <si>
     <t>21:26</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>Дмитриев Максим</t>
   </si>
   <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
+    <t>Колбин Валерий</t>
+  </si>
+  <si>
+    <t>Кириленко Евгений</t>
+  </si>
+  <si>
     <t>Соловьев Сергей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Кириленко Евгений</t>
   </si>
   <si>
     <t>Коротич Алексей</t>
   </si>
   <si>
     <t>Попов Олег</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>