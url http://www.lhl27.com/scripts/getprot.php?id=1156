--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -120,54 +120,54 @@
   <si>
     <t>20:00</t>
   </si>
   <si>
     <t>39:41</t>
   </si>
   <si>
     <t>Петросян Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>27:39</t>
   </si>
   <si>
     <t>Аксиненко Олег</t>
   </si>
   <si>
     <t>Трещенко Артём</t>
   </si>
   <si>
     <t>Кретов Максим</t>
   </si>
   <si>
+    <t>Батеев Владимир</t>
+  </si>
+  <si>
     <t>Кашкин Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Батеев Владимир</t>
   </si>
   <si>
     <t>Баськов Денис</t>
   </si>
   <si>
     <t>Бондаренко Тарас</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДПС»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>33:00</t>
   </si>