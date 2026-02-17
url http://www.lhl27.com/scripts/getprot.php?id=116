--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -120,54 +120,54 @@
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>30:15</t>
   </si>
   <si>
     <t>35:50</t>
   </si>
   <si>
     <t>36:57</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>42:36</t>
   </si>
   <si>
+    <t>Семендяев Евгений</t>
+  </si>
+  <si>
     <t>Чеклуев Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Семендяев Евгений</t>
   </si>
   <si>
     <t>Уваров Василий</t>
   </si>
   <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «»</t>
   </si>
   <si>
     <t>21:54</t>
   </si>
   <si>
     <t>6:29</t>
   </si>
   <si>
     <t>13:26</t>
   </si>