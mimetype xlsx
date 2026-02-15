--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -105,57 +105,57 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>29:42</t>
   </si>
   <si>
     <t>00:34</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>14:59</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>19:33</t>
   </si>
   <si>
+    <t>Селихов Алексей</t>
+  </si>
+  <si>
+    <t>36:00</t>
+  </si>
+  <si>
     <t>Черкес Кирилл</t>
-  </si>
-[...4 lines deleted...]
-    <t>Селихов Алексей</t>
   </si>
   <si>
     <t>Стиба Евгений</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Левицкий Алексей</t>
   </si>
   <si>
     <t>Сахно Павел</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>