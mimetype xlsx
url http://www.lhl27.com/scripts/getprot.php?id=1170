--- v0 (2025-12-09)
+++ v1 (2026-02-15)
@@ -186,60 +186,60 @@
   <si>
     <t>16:50</t>
   </si>
   <si>
     <t>24:41</t>
   </si>
   <si>
     <t>Скирта Егор</t>
   </si>
   <si>
     <t>20:56</t>
   </si>
   <si>
     <t>29:45</t>
   </si>
   <si>
     <t>Тортоев Василий</t>
   </si>
   <si>
     <t>25:06</t>
   </si>
   <si>
     <t>39:47</t>
   </si>
   <si>
+    <t>Заикин Илья</t>
+  </si>
+  <si>
+    <t>44:22</t>
+  </si>
+  <si>
+    <t>43:49</t>
+  </si>
+  <si>
     <t>Коломиец Виктор</t>
-  </si>
-[...7 lines deleted...]
-    <t>Заикин Илья</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Денисенко Максим</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Алемасов Андрей</t>
   </si>
   <si>
     <t>Степанов Сергей</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>