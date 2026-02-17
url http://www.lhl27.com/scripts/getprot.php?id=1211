--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -123,56 +123,56 @@
   <si>
     <t>Дружков Станислав</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>25:56</t>
   </si>
   <si>
     <t>43:39</t>
   </si>
   <si>
     <t>Третьяков Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Болоцкий Александр</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
+    <t>Миронов Дмитрий</t>
+  </si>
+  <si>
     <t>Тучин Иван</t>
   </si>
   <si>
-    <t>Миронов Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Непомнящий Виталий</t>
   </si>
   <si>
     <t>Родионов Сергей</t>
   </si>
   <si>
     <t>Гончаров Иван</t>
   </si>
   <si>
     <t>Грудинин Константин</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хулиганы»</t>
   </si>
   <si>
     <t>10:17</t>
   </si>
   <si>
     <t>0:00</t>
@@ -192,54 +192,54 @@
   <si>
     <t>Горошко Андрей</t>
   </si>
   <si>
     <t>16:02</t>
   </si>
   <si>
     <t>Хрустовский Андрей</t>
   </si>
   <si>
     <t>19:38</t>
   </si>
   <si>
     <t>Сивоконь Антон</t>
   </si>
   <si>
     <t>Петель Андрей</t>
   </si>
   <si>
     <t>Петель Евгений</t>
   </si>
   <si>
     <t>Ольмезов Александр</t>
   </si>
   <si>
+    <t>Полубоярцев Егор</t>
+  </si>
+  <si>
     <t>Малюгин Николай</t>
-  </si>
-[...1 lines deleted...]
-    <t>Полубоярцев Егор</t>
   </si>
   <si>
     <t>Чернецкий Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Квасневский Игорь</t>
   </si>
   <si>
     <t>Скачков Александр</t>
   </si>
   <si>
     <t>Михальский Никита</t>
   </si>
   <si>
     <t>Гвоздев Михаил</t>
   </si>
   <si>
     <t>Волошенко Артем</t>
   </si>
   <si>
     <t>Коршунов Виктор</t>
   </si>
@@ -1145,78 +1145,78 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>24</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>24</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>57</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1923,78 +1923,78 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>23</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>23</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>29</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>