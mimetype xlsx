--- v0 (2026-02-15)
+++ v1 (2026-02-17)
@@ -114,60 +114,60 @@
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>19:24</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>Кочубей Дмитрий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>32:35</t>
   </si>
   <si>
     <t>Шешнев Дмитрий</t>
   </si>
   <si>
     <t>42:35</t>
   </si>
   <si>
+    <t>Чу Артур</t>
+  </si>
+  <si>
+    <t>Лопухов Егор</t>
+  </si>
+  <si>
     <t>Назаров Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Зеленский Кирилл</t>
   </si>
   <si>
     <t>Омельченко Александр</t>
   </si>
   <si>
     <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Юн Олег</t>
   </si>
   <si>
     <t>Михайлов Александр</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Дереча Евгений</t>
   </si>
@@ -1050,105 +1050,105 @@
       <c r="L8" s="6">
         <v>85</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>19</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>19</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>21</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1158,51 +1158,51 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>31</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>33</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1239,51 +1239,51 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>63</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>68</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -2051,78 +2051,78 @@
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>59</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>78</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="7"/>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
       <c r="R49" s="7"/>
       <c r="S49" s="7"/>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="10">
         <v>99</v>
       </c>
       <c r="B50" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="14"/>