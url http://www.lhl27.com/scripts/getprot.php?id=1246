--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -126,60 +126,60 @@
   <si>
     <t>20:53</t>
   </si>
   <si>
     <t>Вьюшин Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>24:20</t>
   </si>
   <si>
     <t>Двадненко Василий</t>
   </si>
   <si>
     <t>27:07</t>
   </si>
   <si>
     <t>Касьяненко Андрей</t>
   </si>
   <si>
     <t>31:24</t>
   </si>
   <si>
+    <t>Кулик Александр</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
+    <t>32:48</t>
+  </si>
+  <si>
     <t>Чигиринских Роман</t>
-  </si>
-[...7 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>44:03</t>
   </si>
   <si>
     <t>Дзелинга Сергей</t>
   </si>
   <si>
     <t>Петров Андрей</t>
   </si>
   <si>
     <t>Чаплинский Илья</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Линьков Юрий</t>
   </si>
   <si>
     <t>Кассович Александр</t>
   </si>
   <si>
     <t>Иванишко Максим</t>
   </si>
@@ -1164,88 +1164,88 @@
       <c r="L10" s="6">
         <v>15</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>22</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="H11" s="6">
         <v>7</v>
       </c>
       <c r="I11" s="6"/>
       <c r="J11" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K11" s="6">
         <v>8</v>
       </c>
       <c r="L11" s="6">
         <v>22</v>
       </c>
       <c r="M11" s="8">
         <v>89</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>22</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H12" s="6">
         <v>8</v>
       </c>
       <c r="I12" s="6"/>
       <c r="J12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K12" s="6">
         <v>22</v>
       </c>
       <c r="L12" s="6">
         <v>89</v>
       </c>
       <c r="M12" s="8">
         <v>0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
@@ -2045,51 +2045,51 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>73</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>88</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
@@ -2153,51 +2153,51 @@
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>99</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7"/>
       <c r="B47" s="12"/>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7"/>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>