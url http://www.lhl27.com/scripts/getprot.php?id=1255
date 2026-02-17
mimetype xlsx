--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -186,54 +186,54 @@
   <si>
     <t>23:23</t>
   </si>
   <si>
     <t>30:33</t>
   </si>
   <si>
     <t>41:41</t>
   </si>
   <si>
     <t>36:12</t>
   </si>
   <si>
     <t>42:36</t>
   </si>
   <si>
     <t>Пономаренко Антон</t>
   </si>
   <si>
     <t>Костин Константин</t>
   </si>
   <si>
     <t>Кашенков Антон</t>
   </si>
   <si>
+    <t>Тарбунов Денис</t>
+  </si>
+  <si>
     <t>Федюнин Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Тарбунов Денис</t>
   </si>
   <si>
     <t>Луговой Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Волошин Алексей</t>
   </si>
   <si>
     <t>Александров Денис</t>
   </si>
   <si>
     <t>Потарев Андрей</t>
   </si>
   <si>
     <t>Христинин Валерий</t>
   </si>
   <si>
     <t>Мамин Пётр</t>
   </si>
   <si>
     <t>Куксов Евгений</t>
   </si>