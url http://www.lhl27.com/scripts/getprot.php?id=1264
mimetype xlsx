--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -126,54 +126,54 @@
   <si>
     <t>Вшивкин Александр</t>
   </si>
   <si>
     <t>Кривошеев Евгений</t>
   </si>
   <si>
     <t>Изотов Сергей</t>
   </si>
   <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
     <t>Скорняков Игорь</t>
   </si>
   <si>
     <t>Шкурка Вячеслав</t>
   </si>
   <si>
     <t>Каргаполов Михаил</t>
   </si>
   <si>
     <t>Беззубцев Александр</t>
   </si>
   <si>
+    <t>Цимбер Игорь</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Цимбер Игорь</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Крылья Востока»</t>
   </si>
   <si>
     <t>Давыдов Алексей</t>
   </si>
   <si>
     <t>Боровиков Виталий</t>
   </si>
   <si>
     <t>Касьяненко Андрей</t>
   </si>
   <si>
     <t>Чигиринских Роман</t>
   </si>
   <si>
     <t>Петров Андрей</t>
   </si>
@@ -1269,78 +1269,78 @@
       <c r="B18" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">