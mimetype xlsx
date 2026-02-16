--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -192,57 +192,57 @@
   <si>
     <t>42:40</t>
   </si>
   <si>
     <t>Саржан Сергей</t>
   </si>
   <si>
     <t>Рехин Владислав</t>
   </si>
   <si>
     <t>Шандараев Игорь</t>
   </si>
   <si>
     <t>Корчагин Руслан</t>
   </si>
   <si>
     <t>Мамаенко Даниил</t>
   </si>
   <si>
     <t>Галузин Александр</t>
   </si>
   <si>
     <t>Горовой Вячеслав</t>
   </si>
   <si>
+    <t>Стариков Михаил</t>
+  </si>
+  <si>
+    <t>Довбня Никита</t>
+  </si>
+  <si>
     <t>Мамаенко Денис</t>
-  </si>
-[...4 lines deleted...]
-    <t>Довбня Никита</t>
   </si>
   <si>
     <t>Железняков Александр</t>
   </si>
   <si>
     <t>Иванов Данил</t>
   </si>
   <si>
     <t>Селюжицкий Александр</t>
   </si>
   <si>
     <t>Капшук Денис</t>
   </si>
   <si>
     <t>Чье Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>