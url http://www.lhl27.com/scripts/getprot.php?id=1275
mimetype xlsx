--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -108,57 +108,57 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>2:36</t>
   </si>
   <si>
     <t>Боровиков Виталий</t>
   </si>
   <si>
     <t>31:00</t>
   </si>
   <si>
     <t>Вьюшин Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Двадненко Василий</t>
   </si>
   <si>
     <t>Касьяненко Андрей</t>
   </si>
   <si>
+    <t>Кулик Александр</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Чигиринских Роман</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Дзелинга Сергей</t>
   </si>
   <si>
     <t>Петров Андрей</t>
   </si>
   <si>
     <t>Чаплинский Илья</t>
   </si>
   <si>
     <t>Скворцов Павел</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Кассович Александр</t>
   </si>
   <si>
     <t>Ситалов Вячеслав</t>
   </si>
   <si>
     <t>Марченко Артем</t>
   </si>
@@ -1074,78 +1074,78 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>22</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>22</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>27</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1317,51 +1317,51 @@
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>97</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>99</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
@@ -1600,51 +1600,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>46</v>
       </c>
       <c r="K30" s="7">
         <v>7</v>
       </c>
       <c r="L30" s="7">
         <v>0</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
@@ -1822,51 +1822,51 @@
       <c r="L35" s="7">
         <v>0</v>
       </c>
       <c r="M35" s="7">
         <v>0</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>20</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>23</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>