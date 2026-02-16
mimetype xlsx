--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -1071,51 +1071,51 @@
       <c r="G7" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>22</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="K7" s="6">
         <v>7</v>
       </c>
       <c r="L7" s="6">
         <v>5</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="O7" s="6">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>1</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>8</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>32</v>
       </c>
       <c r="H8" s="6">
@@ -1153,51 +1153,51 @@
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>9</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>36</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="O9" s="6">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>5</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>15</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>32</v>
       </c>
       <c r="H10" s="6"/>
@@ -1390,51 +1390,51 @@
       <c r="B17" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>36</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>32</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">