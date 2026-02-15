--- v0 (2025-12-09)
+++ v1 (2026-02-15)
@@ -207,57 +207,57 @@
   <si>
     <t>Мамаенко Даниил</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>Галузин Александр</t>
   </si>
   <si>
     <t>18:21</t>
   </si>
   <si>
     <t>Федотов Иван</t>
   </si>
   <si>
     <t>21:38</t>
   </si>
   <si>
     <t>Горовой Вячеслав</t>
   </si>
   <si>
     <t>24:04</t>
   </si>
   <si>
+    <t>Довбня Никита</t>
+  </si>
+  <si>
+    <t>26:49</t>
+  </si>
+  <si>
     <t>Мамаенко Денис</t>
-  </si>
-[...4 lines deleted...]
-    <t>Довбня Никита</t>
   </si>
   <si>
     <t>28:53</t>
   </si>
   <si>
     <t>Железняков Александр</t>
   </si>
   <si>
     <t>43:51</t>
   </si>
   <si>
     <t>Иванов Данил</t>
   </si>
   <si>
     <t>Селюжицкий Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>