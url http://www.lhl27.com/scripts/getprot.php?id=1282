--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -1958,51 +1958,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>30</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>34</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>