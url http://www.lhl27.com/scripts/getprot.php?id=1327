--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -99,62 +99,62 @@
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Попов Сергей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>03:07</t>
   </si>
   <si>
     <t>44:52</t>
   </si>
   <si>
     <t>Туезов Владислав</t>
   </si>
   <si>
     <t>32:02</t>
   </si>
   <si>
+    <t>Казаченок Руслан</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>37:54</t>
+  </si>
+  <si>
     <t>Иршенко Виктор</t>
   </si>
   <si>
-    <t>Зщ</t>
-[...7 lines deleted...]
-  <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Бабин Михаил</t>
   </si>
   <si>
     <t>Волков Лев</t>
   </si>
   <si>
     <t>Морозовский Дмитрий</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
     <t>Лазутин Юрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Колпаков Игорь</t>
@@ -171,54 +171,54 @@
   <si>
     <t>Команда « Б » «Шкипер Брук»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>Дутов Константин</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>Егорычев Евгений</t>
   </si>
   <si>
     <t>44:13</t>
   </si>
   <si>
     <t>Доценко Владимир</t>
   </si>
   <si>
+    <t>Середа Андрей</t>
+  </si>
+  <si>
     <t>Троценко Антон</t>
-  </si>
-[...1 lines deleted...]
-    <t>Середа Андрей</t>
   </si>
   <si>
     <t>Борисов Егор</t>
   </si>
   <si>
     <t>Родионов Андрей</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
@@ -1707,78 +1707,78 @@
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>22</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>22</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>24</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>