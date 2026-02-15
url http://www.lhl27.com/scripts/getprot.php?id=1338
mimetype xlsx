--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -90,93 +90,93 @@
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>26:27</t>
   </si>
   <si>
     <t>07:58</t>
   </si>
   <si>
+    <t>Платов Сергей</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>30:15</t>
+  </si>
+  <si>
+    <t>10:52</t>
+  </si>
+  <si>
     <t>Одинец Александр</t>
   </si>
   <si>
-    <t>Нп</t>
-[...5 lines deleted...]
-    <t>10:52</t>
+    <t>33:51</t>
+  </si>
+  <si>
+    <t>15:00</t>
   </si>
   <si>
     <t>Двоеглазов Андрей</t>
   </si>
   <si>
-    <t>33:51</t>
-[...2 lines deleted...]
-    <t>15:00</t>
+    <t>43:53</t>
+  </si>
+  <si>
+    <t>28:30</t>
   </si>
   <si>
     <t>Медвикус Евгений</t>
   </si>
   <si>
-    <t>43:53</t>
-[...4 lines deleted...]
-  <si>
     <t>Павлов Роман</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Куликов Всеволод</t>
   </si>
   <si>
     <t>Шураков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Платов Сергей</t>
   </si>
   <si>
     <t>Шмигер Евгений</t>
   </si>
   <si>
     <t>Митрофанов Федор</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
@@ -952,280 +952,280 @@
       <c r="C5" s="13"/>
       <c r="D5" s="13"/>
       <c r="E5" s="13"/>
       <c r="F5" s="14"/>
       <c r="G5" s="5"/>
       <c r="H5" s="6">
         <v>1</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K5" s="5">
         <v>33</v>
       </c>
       <c r="L5" s="5">
         <v>34</v>
       </c>
       <c r="M5" s="8">
         <v>0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>23</v>
       </c>
       <c r="O5" s="6">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>1</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="6">
         <v>71</v>
       </c>
       <c r="L6" s="6">
         <v>12</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O6" s="6">
         <v>89</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>19</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="K7" s="6">
         <v>31</v>
       </c>
       <c r="L7" s="6">
         <v>15</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="O7" s="6">
         <v>64</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>5</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="6">
         <v>4</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="6" t="s">
         <v>32</v>
       </c>
       <c r="K8" s="6">
         <v>15</v>
       </c>
       <c r="L8" s="6">
         <v>14</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="O8" s="6">
         <v>30</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>6</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
@@ -1299,78 +1299,78 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>30</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>33</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>34</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1380,105 +1380,105 @@
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>35</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>50</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>64</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>71</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
@@ -1722,98 +1722,98 @@
       </c>
       <c r="O30" s="7">
         <v>19</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>13</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>10</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7">
         <v>-1</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="K31" s="7">
         <v>27</v>
       </c>
       <c r="L31" s="7">
         <v>16</v>
       </c>
       <c r="M31" s="7">
         <v>99</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O31" s="7">
         <v>19</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>3</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>13</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>59</v>
       </c>
       <c r="O32" s="7">
         <v>80</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>9</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>19</v>
@@ -1839,51 +1839,51 @@
       </c>
       <c r="O33" s="7">
         <v>80</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>9</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>22</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>25</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
@@ -1974,78 +1974,78 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>86</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>87</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>88</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>