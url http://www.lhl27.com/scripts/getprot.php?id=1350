--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -150,54 +150,54 @@
   <si>
     <t>Шкинев Юрий</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Пшеничнов Максим</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Дюжов Илья</t>
   </si>
   <si>
     <t>Дюжов Михаил</t>
   </si>
   <si>
+    <t>Афанасьев Михаил</t>
+  </si>
+  <si>
     <t>Дюжов Данил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Афанасьев Михаил</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Фоксы»</t>
   </si>
   <si>
     <t>05:00</t>
   </si>
   <si>
     <t>08:28</t>
   </si>
   <si>
     <t>Погребков Артем</t>
   </si>
   <si>
     <t>20:02</t>
   </si>
   <si>
     <t>13:05</t>
   </si>