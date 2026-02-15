--- v0 (2026-02-15)
+++ v1 (2026-02-15)
@@ -135,57 +135,57 @@
   <si>
     <t>Кушнарев Олег</t>
   </si>
   <si>
     <t>40:47</t>
   </si>
   <si>
     <t>Шандараев Игорь</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>44:01</t>
   </si>
   <si>
     <t>Корчагин Руслан</t>
   </si>
   <si>
     <t>Галузин Александр</t>
   </si>
   <si>
     <t>Горовой Вячеслав</t>
   </si>
   <si>
+    <t>Стариков Михаил</t>
+  </si>
+  <si>
+    <t>Довбня Никита</t>
+  </si>
+  <si>
     <t>Мамаенко Денис</t>
-  </si>
-[...4 lines deleted...]
-    <t>Довбня Никита</t>
   </si>
   <si>
     <t>Железняков Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Иванов Данил</t>
   </si>
   <si>
     <t>Селюжицкий Александр</t>
   </si>
   <si>
     <t>Капшук Денис</t>
   </si>
   <si>
     <t>Чье Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>