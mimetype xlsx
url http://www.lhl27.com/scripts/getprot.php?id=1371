--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -141,56 +141,56 @@
   <si>
     <t>Осипов Алексей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Пахолюк Вячеслав</t>
   </si>
   <si>
     <t>Жук Александр</t>
   </si>
   <si>
     <t>Грубштейн Сергей</t>
   </si>
   <si>
     <t>Кучинский Василий</t>
   </si>
   <si>
     <t>Ковалевский Михаил</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Кирпота Андрей</t>
+  </si>
+  <si>
     <t>Калинин Сергей</t>
   </si>
   <si>
-    <t>Кирпота Андрей</t>
-[...1 lines deleted...]
-  <si>
     <t>Овис Марк</t>
   </si>
   <si>
     <t>Шелков Сергей</t>
   </si>
   <si>
     <t>Дашевский Павел</t>
   </si>
   <si>
     <t>Рюмин Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Рыбари»</t>
   </si>
   <si>
     <t>Галеса Евгений</t>
   </si>
   <si>
     <t>25:27</t>
@@ -198,54 +198,54 @@
   <si>
     <t>18:58</t>
   </si>
   <si>
     <t>Бударин Михаил</t>
   </si>
   <si>
     <t>29:34</t>
   </si>
   <si>
     <t>27:40</t>
   </si>
   <si>
     <t>Глухоедов Артем</t>
   </si>
   <si>
     <t>35:12</t>
   </si>
   <si>
     <t>Хуторской Олег</t>
   </si>
   <si>
     <t>Достов Роман</t>
   </si>
   <si>
+    <t>Сабунаев Алексей</t>
+  </si>
+  <si>
     <t>Серецкий Максим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Сабунаев Алексей</t>
   </si>
   <si>
     <t>Вировой Роман</t>
   </si>
   <si>
     <t>Покаместов Евгений</t>
   </si>
   <si>
     <t>Форкачев Борис</t>
   </si>
   <si>
     <t>Курилюк Сергей</t>
   </si>
   <si>
     <t>Богданов Денис</t>
   </si>
   <si>
     <t>Танасийчук Александр</t>
   </si>
   <si>
     <t>Катрич Дмитрий</t>
   </si>
   <si>
     <t>Усков Сергей</t>
   </si>
@@ -1840,78 +1840,78 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>10</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>10</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>11</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>