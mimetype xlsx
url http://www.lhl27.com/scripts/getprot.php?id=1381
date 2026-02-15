--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -138,54 +138,54 @@
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>Зо Алексей</t>
   </si>
   <si>
     <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>Евстафьев Кирилл</t>
   </si>
   <si>
     <t>Дивиченко Андрей</t>
   </si>
   <si>
     <t>Чье Бу</t>
   </si>
   <si>
     <t>Деев Дмитрий</t>
   </si>
   <si>
     <t>Васильев Сергей</t>
   </si>
   <si>
+    <t>Грунин Алексей</t>
+  </si>
+  <si>
     <t>Россейкин Максим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грунин Алексей</t>
   </si>
   <si>
     <t>Белковский Константин</t>
   </si>
   <si>
     <t>Гетьман Сергей</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Импульс»</t>
   </si>
   <si>
     <t>Алексенко Максим</t>
   </si>
   <si>
     <t>3:42</t>
   </si>