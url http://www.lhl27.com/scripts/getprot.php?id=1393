--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -117,75 +117,75 @@
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Кайнов Константин</t>
   </si>
   <si>
     <t>Пыжов Роман</t>
   </si>
   <si>
     <t>Плахотный Андрей</t>
   </si>
   <si>
     <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>Шелыганов Вадим</t>
   </si>
   <si>
     <t>Можаев Владимир</t>
   </si>
   <si>
     <t>Ильин Евгений</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Щелыганов Кирилл</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Софьин Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ермак»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>06:16</t>
   </si>
   <si>
     <t>Рыбников Сергей</t>
   </si>
   <si>
     <t>38:53</t>
   </si>
   <si>
     <t>Иконников Филипп</t>
   </si>
@@ -1126,267 +1126,267 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>30</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>35</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>41</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>62</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>71</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>88</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>90</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>95</v>
       </c>
       <c r="B19" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>99</v>
       </c>
       <c r="B20" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5"/>
       <c r="B21" s="12"/>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5"/>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
@@ -1779,51 +1779,51 @@
       <c r="L34" s="7">
         <v>0</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>22</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7"/>
       <c r="J35" s="7" t="s">
         <v>56</v>
       </c>
       <c r="K35" s="7">
         <v>15</v>
       </c>
       <c r="L35" s="7">
         <v>2</v>
       </c>
       <c r="M35" s="7">
         <v>0</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
@@ -1978,51 +1978,51 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>83</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>85</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>