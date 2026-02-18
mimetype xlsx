--- v0 (2025-12-07)
+++ v1 (2026-02-18)
@@ -168,60 +168,60 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Гранит»</t>
   </si>
   <si>
     <t>Дьяконенко Иван</t>
   </si>
   <si>
     <t>17:12</t>
   </si>
   <si>
     <t>25:39</t>
   </si>
   <si>
     <t>Селиверстов Александр</t>
   </si>
   <si>
     <t>18:40</t>
   </si>
   <si>
     <t>29:59</t>
   </si>
   <si>
+    <t>Бичевой Денис</t>
+  </si>
+  <si>
+    <t>19:55</t>
+  </si>
+  <si>
+    <t>34:06</t>
+  </si>
+  <si>
     <t>Прокопчик Николай</t>
-  </si>
-[...7 lines deleted...]
-    <t>Бичевой Денис</t>
   </si>
   <si>
     <t>37:39</t>
   </si>
   <si>
     <t>Лупич Петр</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>38:58</t>
   </si>
   <si>
     <t>Щукин Павел</t>
   </si>
   <si>
     <t>43:26</t>
   </si>
   <si>
     <t>Федоренко Андрей</t>
   </si>
   <si>
     <t>Щебеньков Игорь</t>
   </si>
@@ -1698,96 +1698,96 @@
       </c>
       <c r="O31" s="7">
         <v>19</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>9</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>15</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>51</v>
       </c>
       <c r="K32" s="7">
         <v>83</v>
       </c>
       <c r="L32" s="7">
         <v>68</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O32" s="7">
         <v>19</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>13</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>15</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>54</v>
       </c>
       <c r="O33" s="7">
         <v>15</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>17</v>