--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -162,57 +162,57 @@
   <si>
     <t>Федоренко Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабрайон»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>7:52</t>
   </si>
   <si>
     <t>Тортоев Василий</t>
   </si>
   <si>
     <t>09:40</t>
   </si>
   <si>
+    <t>Заикин Илья</t>
+  </si>
+  <si>
+    <t>10:59</t>
+  </si>
+  <si>
     <t>Коломиец Виктор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Заикин Илья</t>
   </si>
   <si>
     <t>14:46</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>18:20</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>25:00</t>
   </si>
   <si>
     <t>Алемасов Андрей</t>
   </si>
   <si>
     <t>27:56</t>
   </si>