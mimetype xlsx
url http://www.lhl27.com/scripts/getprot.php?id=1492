--- v0 (2025-12-06)
+++ v1 (2026-02-18)
@@ -192,63 +192,63 @@
   <si>
     <t>26-16</t>
   </si>
   <si>
     <t>10-44</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>33-16</t>
   </si>
   <si>
     <t>17-56</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>37-37</t>
   </si>
   <si>
+    <t>Солоха Виктор</t>
+  </si>
+  <si>
+    <t>Ермаков Дмитрий</t>
+  </si>
+  <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
+    <t>Гончаров Иван</t>
+  </si>
+  <si>
     <t>Кирьяк Сергей</t>
-  </si>
-[...10 lines deleted...]
-    <t>Гончаров Иван</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Митрофанов Сергей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -1756,172 +1756,172 @@
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>24</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O33" s="7">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>85</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">