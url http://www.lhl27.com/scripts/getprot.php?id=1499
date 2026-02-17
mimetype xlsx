--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -1720,51 +1720,51 @@
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K31" s="7">
         <v>7</v>
       </c>
       <c r="L31" s="7">
         <v>44</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="O31" s="7">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>1</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7"/>
       <c r="B32" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7"/>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
@@ -2117,51 +2117,51 @@
       <c r="B45" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
         <v>37</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">