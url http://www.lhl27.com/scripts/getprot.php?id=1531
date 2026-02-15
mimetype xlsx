--- v0 (2025-12-10)
+++ v1 (2026-02-15)
@@ -120,57 +120,57 @@
   <si>
     <t>Мирошник Артем</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>38:36</t>
   </si>
   <si>
     <t>Питконовий Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>42:29</t>
   </si>
   <si>
     <t>Учеваткин Максим</t>
   </si>
   <si>
     <t>Хомяков Александр</t>
   </si>
   <si>
+    <t>Писарев Павел</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Ширяев Вадим</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Кравчук Андрей</t>
   </si>
   <si>
     <t>Кислицын Дмитрий</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Ковалев Игорь</t>
   </si>
   <si>
     <t>Сенник Виктор</t>
   </si>
   <si>
     <t>Шкедов Денис</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1125,78 +1125,78 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>33</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>33</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>34</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1751,51 +1751,51 @@
       </c>
       <c r="O32" s="7">
         <v>77</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>5</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>29</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>58</v>
       </c>
       <c r="O33" s="7">
         <v>10</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>30</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>31</v>