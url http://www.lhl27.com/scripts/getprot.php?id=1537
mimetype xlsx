--- v0 (2025-12-09)
+++ v1 (2026-02-16)
@@ -186,72 +186,72 @@
   <si>
     <t>02:54</t>
   </si>
   <si>
     <t>20:55</t>
   </si>
   <si>
     <t>04:40</t>
   </si>
   <si>
     <t>Петров Егор</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>20:21</t>
   </si>
   <si>
     <t>Данилкин Сергей</t>
   </si>
   <si>
     <t>Кочубей Дмитрий</t>
   </si>
   <si>
+    <t>Назаров Дмитрий</t>
+  </si>
+  <si>
+    <t>41:04</t>
+  </si>
+  <si>
     <t>Чу Артур</t>
   </si>
   <si>
-    <t>41:04</t>
-[...1 lines deleted...]
-  <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
-    <t>Назаров Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Зеленский Кирилл</t>
   </si>
   <si>
     <t>Омельченко Александр</t>
   </si>
   <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
     <t>Юн Олег</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Дереча Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1828,51 +1828,51 @@
       </c>
       <c r="O34" s="7">
         <v>68</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>13</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>19</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O35" s="7">
         <v>19</v>
       </c>
       <c r="P35" s="7">
         <v>2</v>
       </c>
       <c r="Q35" s="7">
         <v>9</v>
       </c>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>19</v>
@@ -1890,51 +1890,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>19</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>21</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
@@ -1961,78 +1961,78 @@
       <c r="B39" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">