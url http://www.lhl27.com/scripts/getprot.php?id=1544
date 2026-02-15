--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -90,60 +90,60 @@
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Шанаев Олег</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>07:50</t>
   </si>
   <si>
+    <t>Манилов Александр</t>
+  </si>
+  <si>
+    <t>03:04</t>
+  </si>
+  <si>
     <t>Манилов Павел</t>
   </si>
   <si>
     <t>Нп</t>
-  </si>
-[...4 lines deleted...]
-    <t>Манилов Александр</t>
   </si>
   <si>
     <t>29:59</t>
   </si>
   <si>
     <t>Граб Николай</t>
   </si>
   <si>
     <t>44:41</t>
   </si>
   <si>
     <t>Виноградов Дмитрий</t>
   </si>
   <si>
     <t>Граб Мария</t>
   </si>
   <si>
     <t>Устимов Константин</t>
   </si>
   <si>
     <t>Небрат Денис</t>
   </si>
   <si>
     <t>Поваляев Родион</t>
   </si>
@@ -993,121 +993,121 @@
       </c>
       <c r="O5" s="6">
         <v>50</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>5</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
         <v>15</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="8"/>
       <c r="N6" s="6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="O6" s="6">
         <v>66</v>
       </c>
       <c r="P6" s="6">
         <v>4</v>
       </c>
       <c r="Q6" s="6">
         <v>8</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>15</v>
       </c>
       <c r="B7" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O7" s="6">
         <v>13</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>19</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>21</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6" t="s">
         <v>30</v>
       </c>
       <c r="O8" s="6">
         <v>13</v>
       </c>
       <c r="P8" s="6">
         <v>20</v>
       </c>
       <c r="Q8" s="6">
         <v>19</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>23</v>
@@ -1222,78 +1222,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>54</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>59</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>66</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1330,78 +1330,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>80</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>90</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5"/>
       <c r="B19" s="12"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
@@ -1780,141 +1780,141 @@
       </c>
       <c r="O32" s="7">
         <v>31</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>23</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>6</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K33" s="7">
         <v>15</v>
       </c>
       <c r="L33" s="7">
         <v>0</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7" t="s">
         <v>55</v>
       </c>
       <c r="O33" s="7">
         <v>20</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>7</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K34" s="7">
         <v>5</v>
       </c>
       <c r="L34" s="7">
         <v>0</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7" t="s">
         <v>58</v>
       </c>
       <c r="O34" s="7">
         <v>77</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>5</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>9</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7"/>
       <c r="J35" s="7" t="s">
         <v>60</v>
       </c>
       <c r="K35" s="7">
         <v>13</v>
       </c>
       <c r="L35" s="7">
         <v>25</v>
       </c>
       <c r="M35" s="7">
         <v>10</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>30</v>
       </c>
       <c r="O35" s="7">
         <v>11</v>
       </c>
       <c r="P35" s="7">
         <v>5</v>
@@ -1960,51 +1960,51 @@
       </c>
       <c r="O36" s="7">
         <v>11</v>
       </c>
       <c r="P36" s="7">
         <v>20</v>
       </c>
       <c r="Q36" s="7">
         <v>33</v>
       </c>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>12</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H37" s="7">
         <v>8</v>
       </c>
       <c r="I37" s="7"/>
       <c r="J37" s="7" t="s">
         <v>64</v>
       </c>
       <c r="K37" s="7">
         <v>25</v>
       </c>
       <c r="L37" s="7">
         <v>10</v>
       </c>
       <c r="M37" s="7">
         <v>0</v>
       </c>
       <c r="N37" s="7" t="s">
         <v>28</v>
       </c>
       <c r="O37" s="7">
         <v>71</v>
       </c>
       <c r="P37" s="7">
         <v>5</v>
@@ -2067,78 +2067,78 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>15</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>20</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>22</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
@@ -2256,159 +2256,159 @@
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>44</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
         <v>71</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>75</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>77</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>76</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="7"/>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
       <c r="R49" s="7"/>
       <c r="S49" s="7"/>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="10">
         <v>85</v>
       </c>
       <c r="B50" s="12" t="s">
         <v>77</v>
       </c>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="14"/>
       <c r="G50" s="10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H50" s="10"/>
       <c r="I50" s="10"/>
       <c r="J50" s="10"/>
       <c r="K50" s="10"/>
       <c r="L50" s="10"/>
       <c r="M50" s="10"/>
       <c r="N50" s="10"/>
       <c r="O50" s="10"/>
       <c r="P50" s="10"/>
       <c r="Q50" s="10"/>
       <c r="R50" s="10"/>
       <c r="S50" s="10"/>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="7">
         <v>88</v>
       </c>
       <c r="B51" s="12" t="s">
         <v>78</v>
       </c>
       <c r="C51" s="13"/>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="14"/>
       <c r="G51" s="7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="K51" s="7"/>
       <c r="L51" s="7"/>
       <c r="M51" s="7"/>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
       <c r="Q51" s="7"/>
       <c r="R51" s="7"/>
       <c r="S51" s="7"/>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" s="15" t="s">
         <v>42</v>
       </c>
       <c r="B52" s="15"/>
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15"/>