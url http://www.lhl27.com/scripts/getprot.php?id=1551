--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -132,54 +132,54 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>31:19</t>
   </si>
   <si>
     <t>Пахолюк Вячеслав</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>41:14</t>
   </si>
   <si>
     <t>Кучинский Василий</t>
   </si>
   <si>
     <t>42:00</t>
   </si>
   <si>
+    <t>Кирпота Андрей</t>
+  </si>
+  <si>
     <t>Калинин Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кирпота Андрей</t>
   </si>
   <si>
     <t>Плотников Александр</t>
   </si>
   <si>
     <t>Шелков Сергей</t>
   </si>
   <si>
     <t>Дашевский Павел</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Гранит»</t>
   </si>
   <si>
     <t>Дьяконенко Иван</t>
   </si>
   <si>
     <t>15:59</t>
   </si>