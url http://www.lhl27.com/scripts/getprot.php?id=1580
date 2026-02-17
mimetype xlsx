--- v0 (2025-12-13)
+++ v1 (2026-02-17)
@@ -147,54 +147,54 @@
   <si>
     <t>Вязников Павел</t>
   </si>
   <si>
     <t>Егоров Марк</t>
   </si>
   <si>
     <t>Веремейчик Вячеслав</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Соколов Павел</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>Семендяев Евгений</t>
   </si>
   <si>
+    <t>Крутский Валерий</t>
+  </si>
+  <si>
     <t>Браславский Леонид</t>
-  </si>
-[...1 lines deleted...]
-    <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Ромашкин Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Rock-n-Rolla»</t>
   </si>
   <si>
     <t>Соломоненко Александр</t>
   </si>
   <si>
     <t>09:40</t>
   </si>
@@ -1357,78 +1357,78 @@
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>88</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>88</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>91</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>