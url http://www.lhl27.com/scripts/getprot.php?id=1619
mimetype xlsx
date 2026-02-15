--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -117,54 +117,54 @@
   <si>
     <t>Жалнин Денис</t>
   </si>
   <si>
     <t>Шкинев Юрий</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Востриков Максим</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Новоселов Константин</t>
+  </si>
+  <si>
     <t>Берба Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Новоселов Константин</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Дюжов Михаил</t>
   </si>
   <si>
     <t>Афанасьев Михаил</t>
   </si>
   <si>
     <t>Дюжов Данил</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Невада»</t>
   </si>
   <si>
     <t>Попов Сергей</t>
   </si>