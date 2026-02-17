--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -159,54 +159,54 @@
   <si>
     <t>4:43</t>
   </si>
   <si>
     <t>23:25</t>
   </si>
   <si>
     <t>Ежиков Игорь</t>
   </si>
   <si>
     <t>5:43</t>
   </si>
   <si>
     <t>Галушко Александр</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
     <t>44:35</t>
   </si>
   <si>
+    <t>Краснопольский Евгений</t>
+  </si>
+  <si>
     <t>Овечкин Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Краснопольский Евгений</t>
   </si>
   <si>
     <t>Трухляев Александр</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
     <t>Лисичкин Виталий</t>
   </si>
   <si>
     <t>Ломакин Валерий</t>
   </si>
   <si>
     <t>Писарь Максим</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>