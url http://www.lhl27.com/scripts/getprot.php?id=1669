--- v0 (2025-12-06)
+++ v1 (2026-02-17)
@@ -120,54 +120,54 @@
   <si>
     <t>23:02</t>
   </si>
   <si>
     <t>27:40</t>
   </si>
   <si>
     <t>Дерябин Владислав</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>Качковский Константин</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
     <t>Говорин Егор</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Болибрух Иван</t>
+  </si>
+  <si>
     <t>Зайков Роман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Вдовенко Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Манкевич Артем</t>
   </si>
   <si>
     <t>Поддубный Виктор</t>
   </si>
   <si>
     <t>Писарь Алексей</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>