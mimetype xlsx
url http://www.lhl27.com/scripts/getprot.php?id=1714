--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -90,63 +90,63 @@
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>18:19</t>
   </si>
   <si>
     <t>07:08</t>
   </si>
   <si>
+    <t>Лисовский Игорь</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>21:54</t>
+  </si>
+  <si>
+    <t>11:00</t>
+  </si>
+  <si>
     <t>Хан Александр</t>
-  </si>
-[...10 lines deleted...]
-    <t>Лисовский Игорь</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>37:00</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Акимкин Александр</t>
   </si>
   <si>
     <t>Степанов Павел</t>
   </si>