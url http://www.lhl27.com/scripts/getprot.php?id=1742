--- v0 (2025-12-09)
+++ v1 (2026-02-15)
@@ -117,54 +117,54 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Кокарев Петр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Тараненко Петр</t>
   </si>
   <si>
     <t>Жалнин Денис</t>
   </si>
   <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
+    <t>Колбин Валерий</t>
+  </si>
+  <si>
     <t>Соловьев Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Кузнецов Глеб</t>
   </si>
   <si>
     <t>Дюжов Илья</t>
   </si>
   <si>
     <t>Дюжов Михаил</t>
   </si>
   <si>
     <t>Дюжов Данил</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Болельщики Амура»</t>
   </si>
   <si>
     <t>25-11</t>
   </si>