--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -219,63 +219,63 @@
   <si>
     <t>Ятченко Роман</t>
   </si>
   <si>
     <t>Кан Родион</t>
   </si>
   <si>
     <t>Щетинин Валерий</t>
   </si>
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>Зо Алексей</t>
   </si>
   <si>
     <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>Евстафьев Кирилл</t>
   </si>
   <si>
     <t>Шиян Александр</t>
   </si>
   <si>
+    <t>Ким Дмитрий</t>
+  </si>
+  <si>
     <t>Дивиченко Андрей</t>
   </si>
   <si>
-    <t>Ким Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Чье Бу</t>
   </si>
   <si>
+    <t>Деев Дмитрий</t>
+  </si>
+  <si>
     <t>Васильев Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Деев Дмитрий</t>
   </si>
   <si>
     <t>Грунин Алексей</t>
   </si>
   <si>
     <t>Россейкин Максим</t>
   </si>
   <si>
     <t>Белковский Константин</t>
   </si>
   <si>
     <t>Гетьман Сергей</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -2041,78 +2041,78 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>55</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>55</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>71</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
@@ -2122,78 +2122,78 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>72</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>72</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>73</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>