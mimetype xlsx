--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -102,57 +102,57 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>02:46</t>
   </si>
   <si>
     <t>35:37</t>
   </si>
   <si>
     <t>Куць Никита</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>22:07</t>
   </si>
   <si>
     <t>43:00</t>
   </si>
   <si>
+    <t>Лисовский Игорь</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Хан Александр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Лисовский Игорь</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
   <si>
     <t>Шупилов Петр</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Чернухин Егор</t>
   </si>
   <si>
     <t>Подкопаев Александр</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Островский Александр</t>
   </si>