--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -126,59 +126,59 @@
   <si>
     <t>Храмцов Кирилл</t>
   </si>
   <si>
     <t>33:30</t>
   </si>
   <si>
     <t>14:35</t>
   </si>
   <si>
     <t>Дерябин Владислав</t>
   </si>
   <si>
     <t>34:48</t>
   </si>
   <si>
     <t>39:22</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>38:00</t>
   </si>
   <si>
+    <t>Махлепов Алексей</t>
+  </si>
+  <si>
     <t>Новоселов Валерий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
-    <t>Махлепов Алексей</t>
-[...1 lines deleted...]
-  <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Качковский Константин</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
     <t>Говорин Егор</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Манкевич Артем</t>
@@ -222,54 +222,54 @@
   <si>
     <t>Долгов Илья</t>
   </si>
   <si>
     <t>Пронкевич Владимир</t>
   </si>
   <si>
     <t>Кривошеев Александр</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Кривошеев Евгений</t>
   </si>
   <si>
     <t>Изотов Сергей</t>
   </si>
   <si>
     <t>Грициенко Андрей</t>
   </si>
   <si>
     <t>Скорняков Игорь</t>
   </si>
   <si>
+    <t>Голубничий Станислав</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Голубничий Станислав</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1144,78 +1144,78 @@
       <c r="L9" s="6">
         <v>77</v>
       </c>
       <c r="M9" s="8">
         <v>92</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>19</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>21</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1360,78 +1360,78 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>77</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>77</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>83</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
@@ -1441,51 +1441,51 @@
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>86</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5"/>
       <c r="B22" s="12"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
@@ -1830,51 +1830,51 @@
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>8</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>9</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
@@ -1884,78 +1884,78 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>15</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>27</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>30</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
@@ -1965,159 +1965,159 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>31</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>45</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>74</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7"/>
       <c r="B44" s="12"/>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7"/>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>