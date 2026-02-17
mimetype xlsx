--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -171,54 +171,54 @@
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Совы»</t>
   </si>
   <si>
     <t>09:12</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>Куць Никита</t>
   </si>
   <si>
     <t>25:25</t>
   </si>
   <si>
+    <t>Хан Александр</t>
+  </si>
+  <si>
     <t>Лисовский Игорь</t>
-  </si>
-[...1 lines deleted...]
-    <t>Хан Александр</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
   <si>
     <t>Акимкин Александр</t>
   </si>
   <si>
     <t>Чечелев Александр</t>
   </si>
   <si>
     <t>Степанов Павел</t>
   </si>
   <si>
     <t>Шупилов Петр</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Чернухин Егор</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>