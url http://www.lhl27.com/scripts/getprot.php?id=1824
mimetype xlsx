--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Торнадо» Vs «Олимпия»</t>
   </si>
   <si>
     <t>Высшая Лига. Регулярный чемпионат 2017-2018</t>
   </si>
   <si>
     <t>СК Амур</t>
   </si>
   <si>
     <t>Дата 11.03.2018</t>
   </si>
   <si>
     <t>Начало 20-00</t>
   </si>
   <si>
     <t>Игра 214 TRD-OLM</t>
   </si>
   <si>
     <t>Команда « А » «Торнадо»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -124,53 +124,50 @@
     <t>24:44</t>
   </si>
   <si>
     <t>Веремейчик Вячеслав</t>
   </si>
   <si>
     <t>28:54</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>32:50</t>
   </si>
   <si>
     <t>Соколов Павел</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>34:03</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>36:12</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>43:00</t>
   </si>
   <si>
     <t>Галанцев Артем</t>
   </si>
   <si>
     <t>Браславский Леонид</t>
   </si>
   <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
   </si>
@@ -1123,257 +1120,257 @@
       </c>
       <c r="O9" s="6">
         <v>57</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>13</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>30</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="O10" s="6">
         <v>70</v>
       </c>
       <c r="P10" s="6">
         <v>2</v>
       </c>
       <c r="Q10" s="6">
         <v>33</v>
       </c>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>57</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="O11" s="6">
         <v>21</v>
       </c>
       <c r="P11" s="6">
         <v>2</v>
       </c>
       <c r="Q11" s="6">
         <v>9</v>
       </c>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>70</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="O12" s="6">
         <v>57</v>
       </c>
       <c r="P12" s="6">
         <v>2</v>
       </c>
       <c r="Q12" s="6">
         <v>9</v>
       </c>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>75</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>88</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>88</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>91</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>94</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5"/>
       <c r="B18" s="12"/>
       <c r="C18" s="13"/>
@@ -1542,76 +1539,76 @@
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5"/>
       <c r="B26" s="12"/>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>
       <c r="G26" s="5"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="6"/>
       <c r="M26" s="8"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
       <c r="Q26" s="6"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6"/>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" s="15" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B27" s="15"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="15"/>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15"/>
       <c r="K27" s="15"/>
       <c r="L27" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="M27" s="15"/>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27" s="15"/>
       <c r="S27" s="15"/>
     </row>
     <row r="28" spans="1:19" customHeight="1" ht="12" s="3" customFormat="1">
       <c r="A28" s="17" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="18" t="s">
         <v>7</v>
       </c>
       <c r="I28" s="18"/>
       <c r="J28" s="18"/>
       <c r="K28" s="18"/>
       <c r="L28" s="18"/>
       <c r="M28" s="18"/>
       <c r="N28" s="18" t="s">
         <v>8</v>
       </c>
       <c r="O28" s="18"/>
       <c r="P28" s="18"/>
       <c r="Q28" s="18"/>
       <c r="R28" s="18"/>
       <c r="S28" s="18"/>
     </row>
     <row r="29" spans="1:19">
@@ -1646,502 +1643,502 @@
       <c r="M29" s="7" t="s">
         <v>16</v>
       </c>
       <c r="N29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O29" s="7" t="s">
         <v>9</v>
       </c>
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7"/>
       <c r="B30" s="12" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7"/>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K30" s="7">
         <v>17</v>
       </c>
       <c r="L30" s="7">
         <v>70</v>
       </c>
       <c r="M30" s="7">
         <v>67</v>
       </c>
       <c r="N30" s="7" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="O30" s="7">
         <v>85</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>30</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7"/>
       <c r="B31" s="12" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K31" s="7">
         <v>24</v>
       </c>
       <c r="L31" s="7">
         <v>5</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="O31" s="7">
         <v>80</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>9</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7"/>
       <c r="B32" s="12" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7"/>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7">
         <v>-1</v>
       </c>
       <c r="J32" s="7" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="K32" s="7">
         <v>17</v>
       </c>
       <c r="L32" s="7">
         <v>24</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>27</v>
       </c>
       <c r="O32" s="7"/>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>9</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7"/>
       <c r="B33" s="12" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7"/>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K33" s="7">
         <v>67</v>
       </c>
       <c r="L33" s="7">
         <v>69</v>
       </c>
       <c r="M33" s="7">
         <v>17</v>
       </c>
       <c r="N33" s="7" t="s">
         <v>29</v>
       </c>
       <c r="O33" s="7">
         <v>8</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>19</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>8</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K34" s="7">
         <v>70</v>
       </c>
       <c r="L34" s="7">
         <v>76</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7" t="s">
         <v>34</v>
       </c>
       <c r="O34" s="7"/>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>13</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>12</v>
       </c>
       <c r="B35" s="12" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7"/>
       <c r="J35" s="7" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K35" s="7">
         <v>24</v>
       </c>
       <c r="L35" s="7">
         <v>76</v>
       </c>
       <c r="M35" s="7">
         <v>17</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="O35" s="7">
         <v>8</v>
       </c>
       <c r="P35" s="7">
         <v>2</v>
       </c>
       <c r="Q35" s="7">
         <v>13</v>
       </c>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>27</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="O36" s="7">
         <v>76</v>
       </c>
       <c r="P36" s="7">
         <v>2</v>
       </c>
       <c r="Q36" s="7">
         <v>9</v>
       </c>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>66</v>
       </c>
       <c r="B37" s="12" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>70</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>71</v>
       </c>
       <c r="B39" s="12" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>76</v>
       </c>
       <c r="B40" s="12" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>77</v>
       </c>
       <c r="B41" s="12" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>80</v>
       </c>
       <c r="B42" s="12" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>85</v>
       </c>
       <c r="B43" s="12" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7"/>
       <c r="B44" s="12"/>
       <c r="C44" s="13"/>
@@ -2289,64 +2286,64 @@
       <c r="S50" s="10"/>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="7"/>
       <c r="B51" s="12"/>
       <c r="C51" s="13"/>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="14"/>
       <c r="G51" s="7"/>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="K51" s="7"/>
       <c r="L51" s="7"/>
       <c r="M51" s="7"/>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
       <c r="Q51" s="7"/>
       <c r="R51" s="7"/>
       <c r="S51" s="7"/>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" s="15" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B52" s="15"/>
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15"/>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15"/>
       <c r="L52" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="M52" s="15"/>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" s="15"/>
       <c r="S52" s="15"/>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" s="11"/>
       <c r="B53" s="11"/>
       <c r="C53" s="11"/>
       <c r="D53" s="11"/>
       <c r="E53" s="11"/>
       <c r="F53" s="11"/>
       <c r="G53" s="11"/>
       <c r="H53" s="11"/>
       <c r="I53" s="11"/>
       <c r="J53" s="11"/>
       <c r="K53" s="11"/>
       <c r="L53" s="11"/>
       <c r="M53" s="11"/>
       <c r="N53" s="11"/>
       <c r="O53" s="11"/>
@@ -2356,70 +2353,70 @@
       <c r="S53" s="11"/>
     </row>
     <row r="54" spans="1:19">
       <c r="A54" s="11"/>
       <c r="B54" s="11"/>
       <c r="C54" s="11"/>
       <c r="D54" s="11"/>
       <c r="E54" s="11"/>
       <c r="F54" s="11"/>
       <c r="G54" s="11"/>
       <c r="H54" s="11"/>
       <c r="I54" s="11"/>
       <c r="J54" s="11"/>
       <c r="K54" s="11"/>
       <c r="L54" s="11"/>
       <c r="M54" s="11"/>
       <c r="N54" s="11"/>
       <c r="O54" s="11"/>
       <c r="P54" s="11"/>
       <c r="Q54" s="11"/>
       <c r="R54" s="11"/>
       <c r="S54" s="11"/>
     </row>
     <row r="55" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A55" s="19" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B55" s="19"/>
       <c r="C55" s="19"/>
       <c r="D55" s="19"/>
       <c r="E55" s="19"/>
       <c r="F55" s="19"/>
       <c r="G55" s="20" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H55" s="20"/>
       <c r="I55" s="20"/>
       <c r="J55" s="20"/>
       <c r="K55" s="20"/>
       <c r="L55" s="20"/>
       <c r="M55" s="20"/>
       <c r="N55" s="20"/>
       <c r="O55" s="20"/>
       <c r="P55" s="20" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23"/>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
       <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>