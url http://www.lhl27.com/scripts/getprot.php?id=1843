--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -111,60 +111,60 @@
   <si>
     <t>17:07</t>
   </si>
   <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>22:07</t>
   </si>
   <si>
     <t>Дерябин Владислав</t>
   </si>
   <si>
     <t>26:31</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>28:32</t>
   </si>
   <si>
+    <t>Махлепов Алексей</t>
+  </si>
+  <si>
+    <t>32:54</t>
+  </si>
+  <si>
     <t>Новоселов Валерий</t>
   </si>
   <si>
     <t>Зщ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>36:25</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>38:22</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>40:05</t>
   </si>
   <si>
     <t>Говорин Егор</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
   </si>
@@ -1065,88 +1065,88 @@
       <c r="L8" s="6">
         <v>0</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>19</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="K9" s="6">
         <v>91</v>
       </c>
       <c r="L9" s="6">
         <v>87</v>
       </c>
       <c r="M9" s="8">
         <v>23</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="K10" s="6">
         <v>71</v>
       </c>
       <c r="L10" s="6">
         <v>18</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
@@ -1294,51 +1294,51 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>39</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>47</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -1348,78 +1348,78 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>71</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>77</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>83</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
@@ -1703,51 +1703,51 @@
       </c>
       <c r="O30" s="7">
         <v>35</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>15</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="K31" s="7">
         <v>99</v>
       </c>
       <c r="L31" s="7">
         <v>83</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">